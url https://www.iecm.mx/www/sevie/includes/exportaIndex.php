--- v0 (2025-10-30)
+++ v1 (2025-12-22)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LN y PE CORTES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
   <si>
     <t>DIRECCIÓN EJECUTIVA DE ORGANIZACIÓN</t>
   </si>
   <si>
     <t>ELECTORAL Y GEOESTADÍSTICA</t>
   </si>
   <si>
     <t>Lista Nominal y Padrón Electoral</t>
   </si>
   <si>
     <t>CORTE</t>
   </si>
   <si>
     <t>LISTA NOMINAL</t>
   </si>
   <si>
     <t>PADRÓN ELECTORAL</t>
   </si>
   <si>
     <t>2000-02-29</t>
   </si>
   <si>
     <t>2000-05-25</t>
   </si>
   <si>
@@ -800,50 +800,56 @@
     <t>2024-12-31</t>
   </si>
   <si>
     <t>2025-01-31</t>
   </si>
   <si>
     <t>2025-02-28</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>2025-04-11</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
     <t>2025-08-31</t>
   </si>
   <si>
     <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1234,51 +1240,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G265"/>
+  <dimension ref="A1:G267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7">
       <c r="B3"/>
       <c r="G3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="G4" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="D7" s="1" t="s">
@@ -4088,50 +4094,72 @@
       </c>
       <c r="E263">
         <v>7853846</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="C264" t="s">
         <v>260</v>
       </c>
       <c r="D264">
         <v>7833609</v>
       </c>
       <c r="E264">
         <v>7904149</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="C265" t="s">
         <v>261</v>
       </c>
       <c r="D265">
         <v>7872307</v>
       </c>
       <c r="E265">
         <v>7942789</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7">
+      <c r="C266" t="s">
+        <v>262</v>
+      </c>
+      <c r="D266">
+        <v>7909199</v>
+      </c>
+      <c r="E266">
+        <v>7981696</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7">
+      <c r="C267" t="s">
+        <v>263</v>
+      </c>
+      <c r="D267">
+        <v>7932138</v>
+      </c>
+      <c r="E267">
+        <v>8008526</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>