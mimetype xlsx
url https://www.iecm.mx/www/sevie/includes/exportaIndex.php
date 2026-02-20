--- v1 (2025-12-22)
+++ v2 (2026-02-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LN y PE CORTES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>DIRECCIÓN EJECUTIVA DE ORGANIZACIÓN</t>
   </si>
   <si>
     <t>ELECTORAL Y GEOESTADÍSTICA</t>
   </si>
   <si>
     <t>Lista Nominal y Padrón Electoral</t>
   </si>
   <si>
     <t>CORTE</t>
   </si>
   <si>
     <t>LISTA NOMINAL</t>
   </si>
   <si>
     <t>PADRÓN ELECTORAL</t>
   </si>
   <si>
     <t>2000-02-29</t>
   </si>
   <si>
     <t>2000-05-25</t>
   </si>
   <si>
@@ -806,50 +806,53 @@
     <t>2025-02-28</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>2025-04-11</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
     <t>2025-08-31</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1240,51 +1243,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G267"/>
+  <dimension ref="A1:G268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E9" sqref="E9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:7">
       <c r="B3"/>
       <c r="G3" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="G4" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="D7" s="1" t="s">
@@ -4116,50 +4119,61 @@
       </c>
       <c r="E265">
         <v>7942789</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="C266" t="s">
         <v>262</v>
       </c>
       <c r="D266">
         <v>7909199</v>
       </c>
       <c r="E266">
         <v>7981696</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="C267" t="s">
         <v>263</v>
       </c>
       <c r="D267">
         <v>7932138</v>
       </c>
       <c r="E267">
         <v>8008526</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7">
+      <c r="C268" t="s">
+        <v>264</v>
+      </c>
+      <c r="D268">
+        <v>7770572</v>
+      </c>
+      <c r="E268">
+        <v>7866029</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>