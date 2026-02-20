--- v0 (2025-10-25)
+++ v1 (2026-02-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Padrón Electoral" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>DIRECCIÓN EJECUTIVA DE ORGANIZACIÓN</t>
   </si>
   <si>
     <t>ELECTORAL Y GEOESTADÍSTICA</t>
   </si>
   <si>
     <t>Padrón electoral en el extranjero</t>
   </si>
   <si>
     <t>CORTE</t>
   </si>
   <si>
     <t>DISTRITO ELECTORAL FEDERAL</t>
   </si>
   <si>
     <t>DISTRITO ELECTORAL LOCAL</t>
   </si>
   <si>
     <t>CLAVE DEMARCACIÓN TERRITORIAL</t>
   </si>
   <si>
     <t>SECCIÓN</t>
   </si>
   <si>
@@ -383,50 +383,59 @@
     <t>2024-11-30</t>
   </si>
   <si>
     <t>2024-12-31</t>
   </si>
   <si>
     <t>2025-01-31</t>
   </si>
   <si>
     <t>2025-02-28</t>
   </si>
   <si>
     <t>2025-03-31</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>2025-07-31</t>
   </si>
   <si>
     <t>2025-08-31</t>
   </si>
   <si>
     <t>2025-09-30</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="15"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -817,51 +826,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AS86"/>
+  <dimension ref="A1:AS89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="AS11" sqref="AS11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
     <col min="13" max="13" width="20" customWidth="true" style="0"/>
     <col min="14" max="14" width="20" customWidth="true" style="0"/>
     <col min="15" max="15" width="20" customWidth="true" style="0"/>
     <col min="16" max="16" width="20" customWidth="true" style="0"/>
     <col min="17" max="17" width="20" customWidth="true" style="0"/>
     <col min="18" max="18" width="20" customWidth="true" style="0"/>
@@ -11300,50 +11309,461 @@
         <v>4917</v>
       </c>
       <c r="AL86">
         <v>0</v>
       </c>
       <c r="AM86">
         <v>5800</v>
       </c>
       <c r="AN86">
         <v>4971</v>
       </c>
       <c r="AO86">
         <v>0</v>
       </c>
       <c r="AP86">
         <v>73786</v>
       </c>
       <c r="AQ86">
         <v>65028</v>
       </c>
       <c r="AR86">
         <v>0</v>
       </c>
       <c r="AS86">
         <v>138814</v>
+      </c>
+    </row>
+    <row r="87" spans="1:45">
+      <c r="A87" t="s">
+        <v>123</v>
+      </c>
+      <c r="B87">
+        <v>0</v>
+      </c>
+      <c r="C87">
+        <v>0</v>
+      </c>
+      <c r="D87">
+        <v>0</v>
+      </c>
+      <c r="E87">
+        <v>0</v>
+      </c>
+      <c r="F87">
+        <v>81</v>
+      </c>
+      <c r="G87">
+        <v>70</v>
+      </c>
+      <c r="H87">
+        <v>0</v>
+      </c>
+      <c r="I87">
+        <v>185</v>
+      </c>
+      <c r="J87">
+        <v>220</v>
+      </c>
+      <c r="K87">
+        <v>0</v>
+      </c>
+      <c r="L87">
+        <v>1633</v>
+      </c>
+      <c r="M87">
+        <v>1569</v>
+      </c>
+      <c r="N87">
+        <v>0</v>
+      </c>
+      <c r="O87">
+        <v>2303</v>
+      </c>
+      <c r="P87">
+        <v>2249</v>
+      </c>
+      <c r="Q87">
+        <v>0</v>
+      </c>
+      <c r="R87">
+        <v>3383</v>
+      </c>
+      <c r="S87">
+        <v>3347</v>
+      </c>
+      <c r="T87">
+        <v>0</v>
+      </c>
+      <c r="U87">
+        <v>5881</v>
+      </c>
+      <c r="V87">
+        <v>5296</v>
+      </c>
+      <c r="W87">
+        <v>0</v>
+      </c>
+      <c r="X87">
+        <v>11014</v>
+      </c>
+      <c r="Y87">
+        <v>9225</v>
+      </c>
+      <c r="Z87">
+        <v>0</v>
+      </c>
+      <c r="AA87">
+        <v>13042</v>
+      </c>
+      <c r="AB87">
+        <v>11395</v>
+      </c>
+      <c r="AC87">
+        <v>0</v>
+      </c>
+      <c r="AD87">
+        <v>14116</v>
+      </c>
+      <c r="AE87">
+        <v>12824</v>
+      </c>
+      <c r="AF87">
+        <v>0</v>
+      </c>
+      <c r="AG87">
+        <v>10600</v>
+      </c>
+      <c r="AH87">
+        <v>9212</v>
+      </c>
+      <c r="AI87">
+        <v>0</v>
+      </c>
+      <c r="AJ87">
+        <v>6068</v>
+      </c>
+      <c r="AK87">
+        <v>5019</v>
+      </c>
+      <c r="AL87">
+        <v>0</v>
+      </c>
+      <c r="AM87">
+        <v>5899</v>
+      </c>
+      <c r="AN87">
+        <v>5018</v>
+      </c>
+      <c r="AO87">
+        <v>0</v>
+      </c>
+      <c r="AP87">
+        <v>74205</v>
+      </c>
+      <c r="AQ87">
+        <v>65444</v>
+      </c>
+      <c r="AR87">
+        <v>0</v>
+      </c>
+      <c r="AS87">
+        <v>139649</v>
+      </c>
+    </row>
+    <row r="88" spans="1:45">
+      <c r="A88" t="s">
+        <v>124</v>
+      </c>
+      <c r="B88">
+        <v>0</v>
+      </c>
+      <c r="C88">
+        <v>0</v>
+      </c>
+      <c r="D88">
+        <v>0</v>
+      </c>
+      <c r="E88">
+        <v>0</v>
+      </c>
+      <c r="F88">
+        <v>73</v>
+      </c>
+      <c r="G88">
+        <v>67</v>
+      </c>
+      <c r="H88">
+        <v>0</v>
+      </c>
+      <c r="I88">
+        <v>172</v>
+      </c>
+      <c r="J88">
+        <v>198</v>
+      </c>
+      <c r="K88">
+        <v>0</v>
+      </c>
+      <c r="L88">
+        <v>1653</v>
+      </c>
+      <c r="M88">
+        <v>1589</v>
+      </c>
+      <c r="N88">
+        <v>0</v>
+      </c>
+      <c r="O88">
+        <v>2313</v>
+      </c>
+      <c r="P88">
+        <v>2240</v>
+      </c>
+      <c r="Q88">
+        <v>0</v>
+      </c>
+      <c r="R88">
+        <v>3361</v>
+      </c>
+      <c r="S88">
+        <v>3354</v>
+      </c>
+      <c r="T88">
+        <v>0</v>
+      </c>
+      <c r="U88">
+        <v>5860</v>
+      </c>
+      <c r="V88">
+        <v>5254</v>
+      </c>
+      <c r="W88">
+        <v>0</v>
+      </c>
+      <c r="X88">
+        <v>10954</v>
+      </c>
+      <c r="Y88">
+        <v>9231</v>
+      </c>
+      <c r="Z88">
+        <v>0</v>
+      </c>
+      <c r="AA88">
+        <v>13062</v>
+      </c>
+      <c r="AB88">
+        <v>11364</v>
+      </c>
+      <c r="AC88">
+        <v>0</v>
+      </c>
+      <c r="AD88">
+        <v>14131</v>
+      </c>
+      <c r="AE88">
+        <v>12885</v>
+      </c>
+      <c r="AF88">
+        <v>0</v>
+      </c>
+      <c r="AG88">
+        <v>10733</v>
+      </c>
+      <c r="AH88">
+        <v>9304</v>
+      </c>
+      <c r="AI88">
+        <v>0</v>
+      </c>
+      <c r="AJ88">
+        <v>6118</v>
+      </c>
+      <c r="AK88">
+        <v>5024</v>
+      </c>
+      <c r="AL88">
+        <v>0</v>
+      </c>
+      <c r="AM88">
+        <v>5947</v>
+      </c>
+      <c r="AN88">
+        <v>5073</v>
+      </c>
+      <c r="AO88">
+        <v>0</v>
+      </c>
+      <c r="AP88">
+        <v>74377</v>
+      </c>
+      <c r="AQ88">
+        <v>65583</v>
+      </c>
+      <c r="AR88">
+        <v>0</v>
+      </c>
+      <c r="AS88">
+        <v>139960</v>
+      </c>
+    </row>
+    <row r="89" spans="1:45">
+      <c r="A89" t="s">
+        <v>125</v>
+      </c>
+      <c r="B89">
+        <v>0</v>
+      </c>
+      <c r="C89">
+        <v>0</v>
+      </c>
+      <c r="D89">
+        <v>0</v>
+      </c>
+      <c r="E89">
+        <v>0</v>
+      </c>
+      <c r="F89">
+        <v>73</v>
+      </c>
+      <c r="G89">
+        <v>70</v>
+      </c>
+      <c r="H89">
+        <v>0</v>
+      </c>
+      <c r="I89">
+        <v>159</v>
+      </c>
+      <c r="J89">
+        <v>187</v>
+      </c>
+      <c r="K89">
+        <v>0</v>
+      </c>
+      <c r="L89">
+        <v>1649</v>
+      </c>
+      <c r="M89">
+        <v>1597</v>
+      </c>
+      <c r="N89">
+        <v>0</v>
+      </c>
+      <c r="O89">
+        <v>2335</v>
+      </c>
+      <c r="P89">
+        <v>2233</v>
+      </c>
+      <c r="Q89">
+        <v>0</v>
+      </c>
+      <c r="R89">
+        <v>3361</v>
+      </c>
+      <c r="S89">
+        <v>3350</v>
+      </c>
+      <c r="T89">
+        <v>0</v>
+      </c>
+      <c r="U89">
+        <v>5759</v>
+      </c>
+      <c r="V89">
+        <v>5177</v>
+      </c>
+      <c r="W89">
+        <v>0</v>
+      </c>
+      <c r="X89">
+        <v>10830</v>
+      </c>
+      <c r="Y89">
+        <v>9116</v>
+      </c>
+      <c r="Z89">
+        <v>0</v>
+      </c>
+      <c r="AA89">
+        <v>13030</v>
+      </c>
+      <c r="AB89">
+        <v>11367</v>
+      </c>
+      <c r="AC89">
+        <v>0</v>
+      </c>
+      <c r="AD89">
+        <v>14196</v>
+      </c>
+      <c r="AE89">
+        <v>12902</v>
+      </c>
+      <c r="AF89">
+        <v>0</v>
+      </c>
+      <c r="AG89">
+        <v>10852</v>
+      </c>
+      <c r="AH89">
+        <v>9474</v>
+      </c>
+      <c r="AI89">
+        <v>0</v>
+      </c>
+      <c r="AJ89">
+        <v>6220</v>
+      </c>
+      <c r="AK89">
+        <v>5052</v>
+      </c>
+      <c r="AL89">
+        <v>0</v>
+      </c>
+      <c r="AM89">
+        <v>6049</v>
+      </c>
+      <c r="AN89">
+        <v>5150</v>
+      </c>
+      <c r="AO89">
+        <v>0</v>
+      </c>
+      <c r="AP89">
+        <v>74513</v>
+      </c>
+      <c r="AQ89">
+        <v>65675</v>
+      </c>
+      <c r="AR89">
+        <v>0</v>
+      </c>
+      <c r="AS89">
+        <v>140188</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>